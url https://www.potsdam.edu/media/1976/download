--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -1,67 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11109"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sunypotsdam-my.sharepoint.com/personal/haggetjl_potsdam_edu/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sunypotsdam-my.sharepoint.com/personal/tracyna_potsdam_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{9B142CFC-74CD-48BD-8732-6F209C961CDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FD4F872E-7170-482A-A672-5AD9D51AC14C}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{9B142CFC-74CD-48BD-8732-6F209C961CDE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{01AE5C17-D3A5-D244-89B1-3028EBC2FB09}"/>
   <bookViews>
-    <workbookView xWindow="30" yWindow="30" windowWidth="28770" windowHeight="15450" xr2:uid="{AE7EDF9E-0259-45D0-896C-5B2C21BEFAB5}"/>
+    <workbookView xWindow="3980" yWindow="640" windowWidth="28780" windowHeight="15460" xr2:uid="{AE7EDF9E-0259-45D0-896C-5B2C21BEFAB5}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
+    <sheet name="Expenditure Tracking" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$I$25</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Expenditure Tracking'!$A$1:$I$25</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F26" i="1" l="1"/>
   <c r="G26" i="1"/>
@@ -239,51 +235,51 @@
   <si>
     <t>DATE</t>
   </si>
   <si>
     <t>RATE</t>
   </si>
   <si>
     <t>AVAILABLE</t>
   </si>
   <si>
     <t>Beginning Allocation</t>
   </si>
   <si>
     <t>-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
   </numFmts>
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="5">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -579,51 +575,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -875,914 +871,884 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6ABEC14D-C582-432F-B5CD-0E48440EF4BA}">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="18" customHeight="1" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="18" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="10.140625" style="9" customWidth="1"/>
+    <col min="1" max="1" width="10.1640625" style="9" customWidth="1"/>
     <col min="2" max="2" width="2" style="9" customWidth="1"/>
     <col min="3" max="3" width="9" style="9" customWidth="1"/>
-    <col min="4" max="4" width="12.85546875" style="9" customWidth="1"/>
+    <col min="4" max="4" width="12.83203125" style="9" customWidth="1"/>
     <col min="5" max="5" width="15" style="10" customWidth="1"/>
     <col min="6" max="6" width="9" style="10" customWidth="1"/>
-    <col min="7" max="7" width="13.28515625" style="10" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="16384" width="11.42578125" style="9"/>
+    <col min="7" max="7" width="13.33203125" style="10" customWidth="1"/>
+    <col min="8" max="8" width="11.6640625" style="10" customWidth="1"/>
+    <col min="9" max="9" width="17.5" style="9" customWidth="1"/>
+    <col min="10" max="16384" width="11.5" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:8" ht="18" customHeight="1">
       <c r="A1" s="29"/>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
     </row>
-    <row r="2" spans="1:8" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:8" s="2" customFormat="1" ht="18" customHeight="1">
       <c r="A2" s="30" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="30"/>
       <c r="C2" s="30"/>
       <c r="D2" s="28"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
     </row>
-    <row r="3" spans="1:8" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:8" s="2" customFormat="1" ht="18" customHeight="1">
       <c r="A3" s="30" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="30"/>
       <c r="C3" s="30"/>
       <c r="D3" s="5"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
     </row>
-    <row r="5" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1">
       <c r="E5" s="4"/>
       <c r="F5" s="4"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
     </row>
-    <row r="6" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1">
       <c r="A6" s="34"/>
       <c r="B6" s="35"/>
       <c r="C6" s="36"/>
       <c r="D6" s="6"/>
       <c r="E6" s="14" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="H6" s="8"/>
     </row>
-    <row r="7" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1">
       <c r="A7" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="38"/>
       <c r="C7" s="39"/>
       <c r="D7" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E7" s="15" t="s">
         <v>6</v>
       </c>
       <c r="F7" s="15" t="s">
         <v>7</v>
       </c>
       <c r="G7" s="20" t="s">
         <v>8</v>
       </c>
       <c r="H7" s="18" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:8" s="2" customFormat="1" ht="20.25" customHeight="1">
       <c r="A8" s="40" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="41"/>
       <c r="C8" s="42"/>
       <c r="D8" s="12" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="16" t="s">
         <v>4</v>
       </c>
       <c r="F8" s="16" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="21" t="s">
         <v>4</v>
       </c>
       <c r="H8" s="19" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:8" ht="18" customHeight="1">
       <c r="A9" s="31" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="32"/>
       <c r="C9" s="33"/>
       <c r="D9" s="13"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="17">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:8" ht="18" customHeight="1">
       <c r="A10" s="23">
         <v>45519</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="25">
         <f>A10+13</f>
         <v>45532</v>
       </c>
       <c r="D10" s="22">
         <v>45554</v>
       </c>
       <c r="E10" s="17"/>
       <c r="F10" s="26">
         <v>0</v>
       </c>
       <c r="G10" s="27">
         <f>SUM(E10*F10)</f>
         <v>0</v>
       </c>
       <c r="H10" s="27">
         <f>SUM(H9-G10)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:8" ht="18" customHeight="1">
       <c r="A11" s="23">
         <f>A10+14</f>
         <v>45533</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="25">
         <f>A11+13</f>
         <v>45546</v>
       </c>
       <c r="D11" s="22">
         <f>SUM(D10+14)</f>
         <v>45568</v>
       </c>
       <c r="E11" s="17"/>
       <c r="F11" s="26">
         <f>F10</f>
         <v>0</v>
       </c>
       <c r="G11" s="27">
         <f t="shared" ref="G11:G25" si="0">SUM(E11*F11)</f>
         <v>0</v>
       </c>
       <c r="H11" s="27">
         <f t="shared" ref="H11:H25" si="1">SUM(H10-G11)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:8" ht="18" customHeight="1">
       <c r="A12" s="23">
         <f t="shared" ref="A12:A32" si="2">A11+14</f>
         <v>45547</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C12" s="25">
         <f t="shared" ref="C12:C32" si="3">A12+13</f>
         <v>45560</v>
       </c>
       <c r="D12" s="22">
         <f t="shared" ref="D12:D32" si="4">SUM(D11+14)</f>
         <v>45582</v>
       </c>
       <c r="E12" s="17"/>
       <c r="F12" s="26">
         <f t="shared" ref="F12:F32" si="5">F11</f>
         <v>0</v>
       </c>
       <c r="G12" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H12" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:8" ht="18" customHeight="1">
       <c r="A13" s="23">
         <f t="shared" si="2"/>
         <v>45561</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C13" s="25">
         <f t="shared" si="3"/>
         <v>45574</v>
       </c>
       <c r="D13" s="22">
         <f t="shared" si="4"/>
         <v>45596</v>
       </c>
       <c r="E13" s="17"/>
       <c r="F13" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G13" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H13" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:8" ht="18" customHeight="1">
       <c r="A14" s="23">
         <f t="shared" si="2"/>
         <v>45575</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C14" s="25">
         <f t="shared" si="3"/>
         <v>45588</v>
       </c>
       <c r="D14" s="22">
         <f t="shared" si="4"/>
         <v>45610</v>
       </c>
       <c r="E14" s="17"/>
       <c r="F14" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G14" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H14" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:8" ht="18" customHeight="1">
       <c r="A15" s="23">
         <f t="shared" si="2"/>
         <v>45589</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="25">
         <f t="shared" si="3"/>
         <v>45602</v>
       </c>
       <c r="D15" s="22">
         <f t="shared" si="4"/>
         <v>45624</v>
       </c>
       <c r="E15" s="17"/>
       <c r="F15" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G15" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H15" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:8" ht="18" customHeight="1">
       <c r="A16" s="23">
         <f>A15+14</f>
         <v>45603</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C16" s="25">
         <f t="shared" si="3"/>
         <v>45616</v>
       </c>
       <c r="D16" s="22">
         <f t="shared" si="4"/>
         <v>45638</v>
       </c>
       <c r="E16" s="17"/>
       <c r="F16" s="26">
         <f>F15</f>
         <v>0</v>
       </c>
       <c r="G16" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H16" s="27">
         <f>SUM(H15-G16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:8" ht="18" customHeight="1">
       <c r="A17" s="23">
         <f t="shared" si="2"/>
         <v>45617</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C17" s="25">
         <f t="shared" si="3"/>
         <v>45630</v>
       </c>
       <c r="D17" s="22">
         <f t="shared" si="4"/>
         <v>45652</v>
       </c>
       <c r="E17" s="17"/>
       <c r="F17" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G17" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H17" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:8" ht="18" customHeight="1">
       <c r="A18" s="23">
         <f t="shared" si="2"/>
         <v>45631</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C18" s="25">
         <f t="shared" si="3"/>
         <v>45644</v>
       </c>
       <c r="D18" s="22">
         <f t="shared" si="4"/>
         <v>45666</v>
       </c>
       <c r="E18" s="17"/>
       <c r="F18" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G18" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H18" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:8" ht="18" customHeight="1">
       <c r="A19" s="23">
         <f t="shared" si="2"/>
         <v>45645</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="25">
         <f t="shared" si="3"/>
         <v>45658</v>
       </c>
       <c r="D19" s="22">
         <f t="shared" si="4"/>
         <v>45680</v>
       </c>
       <c r="E19" s="17"/>
       <c r="F19" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G19" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H19" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:8" ht="18" customHeight="1">
       <c r="A20" s="23">
         <f t="shared" si="2"/>
         <v>45659</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="25">
         <f t="shared" si="3"/>
         <v>45672</v>
       </c>
       <c r="D20" s="22">
         <f t="shared" si="4"/>
         <v>45694</v>
       </c>
       <c r="E20" s="17"/>
       <c r="F20" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G20" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H20" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:8" ht="18" customHeight="1">
       <c r="A21" s="23">
         <f t="shared" si="2"/>
         <v>45673</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C21" s="25">
         <f t="shared" si="3"/>
         <v>45686</v>
       </c>
       <c r="D21" s="22">
         <f t="shared" si="4"/>
         <v>45708</v>
       </c>
       <c r="E21" s="17"/>
       <c r="F21" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G21" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H21" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:8" ht="18" customHeight="1">
       <c r="A22" s="23">
         <f t="shared" si="2"/>
         <v>45687</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="25">
         <f t="shared" si="3"/>
         <v>45700</v>
       </c>
       <c r="D22" s="22">
         <f t="shared" si="4"/>
         <v>45722</v>
       </c>
       <c r="E22" s="17"/>
       <c r="F22" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G22" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H22" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:8" ht="18" customHeight="1">
       <c r="A23" s="23">
         <f t="shared" si="2"/>
         <v>45701</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C23" s="25">
         <f t="shared" si="3"/>
         <v>45714</v>
       </c>
       <c r="D23" s="22">
         <f t="shared" si="4"/>
         <v>45736</v>
       </c>
       <c r="E23" s="17"/>
       <c r="F23" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H23" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:8" ht="18" customHeight="1">
       <c r="A24" s="23">
         <f t="shared" si="2"/>
         <v>45715</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C24" s="25">
         <f t="shared" si="3"/>
         <v>45728</v>
       </c>
       <c r="D24" s="22">
         <f t="shared" si="4"/>
         <v>45750</v>
       </c>
       <c r="E24" s="17"/>
       <c r="F24" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G24" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H24" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:8" ht="18" customHeight="1">
       <c r="A25" s="23">
         <f t="shared" si="2"/>
         <v>45729</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>15</v>
       </c>
       <c r="C25" s="25">
         <f t="shared" si="3"/>
         <v>45742</v>
       </c>
       <c r="D25" s="22">
         <f t="shared" si="4"/>
         <v>45764</v>
       </c>
       <c r="E25" s="17"/>
       <c r="F25" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G25" s="27">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="H25" s="27">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:8" ht="18" customHeight="1">
       <c r="A26" s="23">
         <f t="shared" si="2"/>
         <v>45743</v>
       </c>
       <c r="C26" s="25">
         <f t="shared" si="3"/>
         <v>45756</v>
       </c>
       <c r="D26" s="22">
         <f t="shared" si="4"/>
         <v>45778</v>
       </c>
       <c r="E26" s="17"/>
       <c r="F26" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G26" s="27">
         <f t="shared" ref="G26:G32" si="6">SUM(E26*F26)</f>
         <v>0</v>
       </c>
       <c r="H26" s="27">
         <f t="shared" ref="H26:H32" si="7">SUM(H25-G26)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:8" ht="18" customHeight="1">
       <c r="A27" s="23">
         <f t="shared" si="2"/>
         <v>45757</v>
       </c>
       <c r="C27" s="25">
         <f t="shared" si="3"/>
         <v>45770</v>
       </c>
       <c r="D27" s="22">
         <f t="shared" si="4"/>
         <v>45792</v>
       </c>
       <c r="E27" s="17"/>
       <c r="F27" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G27" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H27" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:8" ht="18" customHeight="1">
       <c r="A28" s="23">
         <f t="shared" si="2"/>
         <v>45771</v>
       </c>
       <c r="C28" s="25">
         <f t="shared" si="3"/>
         <v>45784</v>
       </c>
       <c r="D28" s="22">
         <f t="shared" si="4"/>
         <v>45806</v>
       </c>
       <c r="E28" s="17"/>
       <c r="F28" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G28" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H28" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:8" ht="18" customHeight="1">
       <c r="A29" s="23">
         <f t="shared" si="2"/>
         <v>45785</v>
       </c>
       <c r="C29" s="25">
         <f t="shared" si="3"/>
         <v>45798</v>
       </c>
       <c r="D29" s="22">
         <f t="shared" si="4"/>
         <v>45820</v>
       </c>
       <c r="E29" s="17"/>
       <c r="F29" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G29" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H29" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:8" ht="18" customHeight="1">
       <c r="A30" s="23">
         <f t="shared" si="2"/>
         <v>45799</v>
       </c>
       <c r="C30" s="25">
         <f t="shared" si="3"/>
         <v>45812</v>
       </c>
       <c r="D30" s="22">
         <f t="shared" si="4"/>
         <v>45834</v>
       </c>
       <c r="E30" s="17"/>
       <c r="F30" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G30" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H30" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:8" ht="18" customHeight="1">
       <c r="A31" s="23">
         <f t="shared" si="2"/>
         <v>45813</v>
       </c>
       <c r="C31" s="25">
         <f t="shared" si="3"/>
         <v>45826</v>
       </c>
       <c r="D31" s="22">
         <f t="shared" si="4"/>
         <v>45848</v>
       </c>
       <c r="E31" s="17"/>
       <c r="F31" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G31" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H31" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="1:8" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:8" ht="18" customHeight="1">
       <c r="A32" s="23">
         <f t="shared" si="2"/>
         <v>45827</v>
       </c>
       <c r="C32" s="25">
         <f t="shared" si="3"/>
         <v>45840</v>
       </c>
       <c r="D32" s="22">
         <f t="shared" si="4"/>
         <v>45862</v>
       </c>
       <c r="E32" s="17"/>
       <c r="F32" s="26">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G32" s="27">
         <f t="shared" si="6"/>
         <v>0</v>
       </c>
       <c r="H32" s="27">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A3:C3"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A8:C8"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.33" right="0.37" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
-[...3 lines deleted...]
-      <vt:lpstr>Sheet1!Print_Area</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Expenditure Tracking</vt:lpstr>
+      <vt:lpstr>'Expenditure Tracking'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>SUNY Potsdam</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>lawrenbl@potsdam.edu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>